--- v0 (2026-02-11)
+++ v1 (2026-03-23)
@@ -13,2397 +13,2638 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="06A2843B" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="0014426E" w:rsidRDefault="00440F5F" w:rsidP="0014426E">
+    <w:p w14:paraId="7D2831C9" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="0014426E" w:rsidRDefault="008C35DF" w:rsidP="0014426E">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00440F5F" w:rsidRPr="0014426E" w:rsidSect="005C4FD4">
+        <w:sectPr w:rsidR="008C35DF" w:rsidRPr="0014426E" w:rsidSect="005C4FD4">
           <w:headerReference w:type="default" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="3232" w:right="1418" w:bottom="1134" w:left="2183" w:header="57" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="005C4FD4">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B77FF6" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="0014426E" w:rsidRDefault="00440F5F" w:rsidP="0014426E">
+    <w:p w14:paraId="0A0AF059" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="0014426E" w:rsidRDefault="008C35DF" w:rsidP="0014426E">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:pBdr>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51B4C081" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="008528CD" w:rsidRDefault="00440F5F" w:rsidP="008528CD">
+    <w:p w14:paraId="60B3316A" w14:textId="1CE6C182" w:rsidR="008C35DF" w:rsidRPr="008528CD" w:rsidRDefault="008C35DF" w:rsidP="008528CD">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008528CD">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Traktanden</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC22AF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC22AF">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>Stadtrat</w:t>
       </w:r>
+      <w:r w:rsidR="00E32368">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00087AE2">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00087AE2">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32368">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>NEUE LISTE</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1E4A0149" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="00B02972" w:rsidRDefault="00440F5F" w:rsidP="00B02972">
+    <w:p w14:paraId="557B9A5B" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="00B02972" w:rsidRDefault="008C35DF" w:rsidP="00B02972">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="MetaTool_Script01_Sitzungsdatum"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Donnerstag, 26. Februar 2026, 17.00-19.00 Uhr und 20.30-22.30 Uhr</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="182020FE" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="00B02972" w:rsidRDefault="00440F5F" w:rsidP="00B02972">
+    <w:p w14:paraId="01DD6FA7" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="00B02972" w:rsidRDefault="008C35DF" w:rsidP="00B02972">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="MetaTool_Script02_Sitzungsort"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t>Berner Rathaus, Rathausplatz 2, 3011 Bern, Grossratssaal</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239E7117" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F" w:rsidP="003B482B">
+    <w:p w14:paraId="2710FDEF" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF" w:rsidP="003B482B">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="MetaTool_Script03_GemBehandlung"/>
       <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="43B36CB5" w14:textId="294524E0" w:rsidR="009C0BB3" w:rsidRDefault="009C0BB3" w:rsidP="009C0BB3">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Traktanden 18 – 21, SUE, werden ab 20.30 Uhr behandelt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="176C3A3A" w14:textId="77777777" w:rsidR="009C0BB3" w:rsidRDefault="009C0BB3" w:rsidP="003B482B">
+      <w:pPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="7720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00072612" w14:paraId="4882F271" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="63354475" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10653768" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal22"/>
+          <w:p w14:paraId="51EA905E" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="160B3F2A" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal22"/>
+          <w:p w14:paraId="2EB14F20" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Begrüssung und Mitteilungen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2023.SR.0112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="3E84617D" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="00D247CA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="629BBE21" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal23"/>
+          <w:p w14:paraId="0D902170" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0BD9D31B" w14:textId="58D7E9E0" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal23"/>
+          <w:p w14:paraId="6D5F6C7F" w14:textId="51879CD5" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Protokoll Stadtrat 01 vom 15.01.2026; Genehmigung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2026.SR.0015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="65C3361F" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="0D5E6806" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="779CD877" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal24"/>
+          <w:p w14:paraId="1E18C968" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="57294830" w14:textId="54153253" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...36 lines deleted...]
-            <w:r w:rsidR="00480BF8">
+          <w:p w14:paraId="37F35707" w14:textId="7CFAEC99" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Reglement vom 13. Juni 1999 über die Förderung des Fuss- und Veloverkehrs (RFFV; SSSB 761.4); Totalrevision sowie Berichterstattung 2022-2024 und Umsetzungs-programm 2025-2027</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF7FD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>; 1. Lesung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>1998.GR.000013</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>PVS: Nora Joos</w:t>
+              <w:t>PVS: Mirjam Läderach</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>TVS: Matthias Aebischer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="67E59BB1" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="449B7AE6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D00378E" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal25"/>
+          <w:p w14:paraId="79C95A16" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C5FF277" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal25"/>
+          <w:p w14:paraId="3C91E8C4" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal3"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion: Mobilität von Bundesangestellten nachhaltiger gestalten; Annahme</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0118</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>TVS: Matthias Aebischer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="3284400D" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="7BA6A82F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E92B4AF" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal26"/>
+          <w:p w14:paraId="1BC69F46" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D2A802F" w14:textId="79A62D29" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t>Motion: Der Kreis schliesst sich im Westen: Die neue Personenunterführung Untermattweg als legaler Graffiti-Ort; Annahme / Begründungsbericht</w:t>
+          <w:p w14:paraId="2DD9127A" w14:textId="4153B493" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motion: Der Kreis schliesst sich im Westen: Die neue Personenunterführung Unter-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mattweg</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> als legaler Graffiti-Ort; Annahme als Richtlinie / Begründungsbericht</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0139</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>TVS: Matthias Aebischer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="0FCDE06A" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="19EFE587" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1699F650" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal27"/>
+          <w:p w14:paraId="438F196C" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B8B0865" w14:textId="4C388E71" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...34 lines deleted...]
-              <w:t>bericht</w:t>
+          <w:p w14:paraId="63CF11EF" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motion: Kadenz der Entsorgung revidieren: Die Matte, das schwarze Quartier, muss die gleiche Entsorgung wie die oberen Gassen erhalten; Annahme als Richtlinie / Begründungsbericht</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0256</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>TVS: Matthias Aebischer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="066FB71C" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="539D376E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6826EE30" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal28"/>
+          <w:p w14:paraId="23452E82" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="388CA3AB" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal28"/>
+          <w:p w14:paraId="3015E920" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Postulat: Schutz von Wildtieren: Ein ausgewogener Lösungsansatz für Bern; Annahme</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0134</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>TVS: Matthias Aebischer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="29CF9109" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="08CA146D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="06D05470" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal29"/>
+          <w:p w14:paraId="516469C0" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal7"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01440710" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t>Dählhölzli: Änderung des Zonenplans mit Plan Nr. 1487 vom 28. Mai 2025 und Teilrevision der Bauordnung vom 24. September 2006 (Abstimmungsbotschaft)</w:t>
+          <w:p w14:paraId="1439CF15" w14:textId="43434325" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dählhölzli: Änderung des Zonenplans mit Plan Nr. 1487 vom 28. Mai 2025 und Teil-revision der Bauordnung vom 24. September 2006 (Abstimmungsbotschaft)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2024.PRD.0065</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PVS: Dominik Fitze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="72AFF915" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="07EC56A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1AFBBDCC" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal30"/>
+          <w:p w14:paraId="4B7E4B20" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B6428B5" w14:textId="249F166A" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t>Motion Fraktion GB/JA! (Devrim Abbasoglu-Akturan, GB) - übernommen durch Katharina Gallizzi (GB): PEQ: die Energie-Strategie für die zukünftigen Areale in Bern; Abschreibung Punkt 2</w:t>
+          <w:p w14:paraId="69533F78" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Motion Fraktion GB/JA! (Devrim </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Abbasoglu-Akturan</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, GB) - übernommen durch Katharina Gallizzi (GB): PEQ: die Energie-Strategie für die zukünftigen Areale in Bern; Abschreibung Punkt 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2019.SR.000041</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...16 lines deleted...]
-              <w:t>: Nora Joos</w:t>
+              <w:t xml:space="preserve">PVS: </w:t>
+            </w:r>
+            <w:r w:rsidR="00391F45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mirjam Läderach</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="039F2C66" w14:textId="77777777" w:rsidR="004E380C" w:rsidRDefault="004E380C">
-[...12 lines deleted...]
-              <w:pStyle w:val="Normal30"/>
+          <w:p w14:paraId="4714E6F0" w14:textId="73F82D9F" w:rsidR="00CB7EAD" w:rsidRDefault="00CB7EAD">
+            <w:pPr>
+              <w:pStyle w:val="Normal8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="69C7A3DC" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="5D6A7807" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63F37D88" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal31"/>
+          <w:p w14:paraId="10C46FB4" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F23C19F" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t>Motion Freie Fraktion AL/GaP/PdA (Luzius Theiler, GaP) - übernommen durch Valentina Achermann (SP): Öffnung der Gartenanlage des Erlacherhofes; Abschreibung</w:t>
+          <w:p w14:paraId="5AFE009D" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motion Freie Fraktion AL/GaP/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PdA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Luzius Theiler, GaP) - übernommen durch Valentina Achermann (SP): Öffnung der Gartenanlage des </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erlacherhofes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; Abschreibung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2018.SR.000116</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>RWSU: Judith Schenk</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="092C87C8" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="18ACEEA2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AE62A7B" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal32"/>
+          <w:p w14:paraId="588B7B15" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal10"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5AF87850" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t>Motion Natalie Bertsch (GLP), Maurice Lindgren (GLP): Mehr Vielfalt im Monbijoupark; Annahme</w:t>
+          <w:p w14:paraId="79FDCCF6" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Motion Natalie Bertsch (GLP), Maurice Lindgren (GLP): Mehr Vielfalt im </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Monbijoupark</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; Annahme</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2024.SR.0312</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>verschoben vom 28.08.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="3E0CE16E" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="0C9ED7BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C61BAA8" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal33"/>
+          <w:p w14:paraId="3D4B7AAB" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C427EF3" w14:textId="79E7C4E7" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal33"/>
+          <w:p w14:paraId="13ADC658" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion Fraktion GLP/JGLP (Corina Liebi, JGLP/Michael Ruefer, GLP): Erwerbsanreiz statt Ruhestandsrente – Anpassung der Gemeinderatsrenten; Abschreibung Punkt 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2021.SR.000041</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>SBK:</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> Corina Liebi</w:t>
+              <w:t>SBK: Corina Liebi</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="7C31C015" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="36E8B3DC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F3118CC" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal34"/>
+          <w:p w14:paraId="44C74939" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="699109CC" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal34"/>
+          <w:p w14:paraId="2C50E833" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion Maurice Lindgren/Janina Aeberhard (GLP)/Bettina Jans-Troxler (EVP): Jede Stimme zählt: faireres Wahlverfahren für die Stadt Bern; Ablehnung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2024.SR.0289</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>SK: Marieke Kruit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>verschoben vom 12.06.2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="6BE3D14D" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="7C8B2959" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1BA2D1D4" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal35"/>
+          <w:p w14:paraId="1848D5C4" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal13"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="50587095" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal35"/>
+          <w:p w14:paraId="3D3D87AF" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal13"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion Reto Nause (CVP)/Christian Wasserfallen (JF)/Ueli Stückelberger (GFL): Zur Verwirklichung von E-Government und bürgernaher Verwaltung in Bern; Abschreibung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2005.SR.000168</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>SBK: Oliver Berger</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>SK: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="5D143F0C" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="5F8B6146" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1DE17AA0" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal36"/>
+          <w:p w14:paraId="01BE474D" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal14"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6E2A0525" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal36"/>
+          <w:p w14:paraId="7BC21422" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal14"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion Fraktion SP/JUSO (Bernadette Häfliger, SP): Datenschutz in der digitalen Transformation; Abschreibung</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2019.SR.000257</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>SBK: Monique Iseli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="113332E2" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="01BE1D7A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6CC38AB2" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal37"/>
+          <w:p w14:paraId="011FB431" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal15"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24ACB89D" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal37"/>
+          <w:p w14:paraId="385075A5" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal15"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Motion: Änderung der GO: Im Sinne einer wirksamen Stadtteilpartizipation müssen die offiziellen Stadtteilvertretungen über die betreffenden Vorlagen vor der Behandlung in den Kommissionen und im Stadtrat orientiert werden!; Ablehnung/Annahme Postulat</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0122</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="096347D5" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="46A19B60" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7433C564" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal38"/>
+          <w:p w14:paraId="757D8ACA" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal16"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="01287D80" w14:textId="10975AC1" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Motion: Pilotprojekt hindernisfreies und inklusives Bauen; Annahme </w:t>
+          <w:p w14:paraId="6C424D6F" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal16"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motion: Pilotprojekt hindernisfreies und inklusives Bauen; Annahme als Richtlinie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.SR.0213</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="12F31628" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="64C986B8" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40C76FED" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal39"/>
+          <w:p w14:paraId="40D29C0C" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal17"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E1DA942" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F0E8BAA" w14:textId="68EF6927" w:rsidR="00AC6CCD" w:rsidRPr="00AC6CCD" w:rsidRDefault="00AC6CCD">
+            <w:pPr>
+              <w:pStyle w:val="Normal17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC6CCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>b 20.30 Uhr</w:t>
+            </w:r>
+            <w:r w:rsidR="009C0BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SUE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC6CCD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39E2C110" w14:textId="77777777" w:rsidR="00CB7EAD" w:rsidRDefault="008C35DF" w:rsidP="00982F78">
+            <w:pPr>
+              <w:pStyle w:val="Normal17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Frauenfussball-EM 2025; Schlussbericht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2022.SUE.000006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>RWSU: Judith Schenk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>SUE: Alec von Graffenried</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="009C0BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>unterbrochen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> am 12.02.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB960F5" w14:textId="4F963A8F" w:rsidR="00982F78" w:rsidRDefault="00982F78" w:rsidP="00982F78">
+            <w:pPr>
+              <w:pStyle w:val="Normal17"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="79023F69" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="1358AB08" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12A5B375" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal40"/>
+          <w:p w14:paraId="22423A61" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="79E24872" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...36 lines deleted...]
-              <w:t>PRD: Marieke Kruit</w:t>
+          <w:p w14:paraId="61C6668A" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal18"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Interfraktionelle Motion GB/JA!, SP/JUSO, AL/GaP/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PdA</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Leena Schmitter, GB/Seraina Patzen, JA!/Yasemin Cevik, SP/Christa Ammann, AL) - übernommen durch Katharina Gallizzi (GB): Keine Kostenüberwälzungen auf OrganisatorInnen von nicht-kommerziellen, ideellen oder politischen Veranstaltungen; Begründungsbericht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2018.SR.000129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>SUE: Alec von Graffenried</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>verschoben vom 12.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="6206AE50" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="5311BA71" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6647A50A" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal41"/>
+          <w:p w14:paraId="4BA5FECA" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal19"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65936140" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...36 lines deleted...]
-              <w:t>PRD: Marieke Kruit</w:t>
+          <w:p w14:paraId="3A2C5DA8" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal19"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Postulat Fraktion GB/JA! (Eva Krattiger, JA!/Katharina Gallizzi, GB): Klimabudget nach dem Vorbild von Oslo auch für Bern; Prüfungsbericht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2021.SR.000129</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>SUE: Alec von Graffenried</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>verschoben vom 12.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="132A8AA9" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="7977E8F6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="355A19A4" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal42"/>
+          <w:p w14:paraId="6A2A54AB" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5C96759A" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00440F5F">
-[...36 lines deleted...]
-              <w:t>SK: Marieke Kruit</w:t>
+          <w:p w14:paraId="74FF193B" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="008C35DF">
+            <w:pPr>
+              <w:pStyle w:val="Normal20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Motion: Lärm, Stress und Schadstoffe reduzieren: Einschränkung von Feuerwerk zum Schutz von Mensch, Tier und Umwelt; Ablehnung/Annahme als Postulat/Prüfungsbericht</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2025.SR.0052</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>SUE: Alec von Graffenried</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>verschoben vom 12.02.2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00072612" w14:paraId="631DF8F4" w14:textId="77777777">
+      <w:tr w:rsidR="000763E8" w14:paraId="4FB18C80" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="352" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62163695" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00072612">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal43"/>
+          <w:p w14:paraId="08312161" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="000763E8">
+            <w:pPr>
+              <w:pStyle w:val="Normal21"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="MetaTool_Table1"/>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4648" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0938CD05" w14:textId="77777777" w:rsidR="00072612" w:rsidRDefault="00072612">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal43"/>
+          <w:p w14:paraId="5FDA2B07" w14:textId="77777777" w:rsidR="000763E8" w:rsidRDefault="000763E8">
+            <w:pPr>
+              <w:pStyle w:val="Normal21"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0FE49511" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F" w:rsidP="003B482B">
+    <w:p w14:paraId="6967E5FC" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF" w:rsidP="003B482B">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F375A48" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F" w:rsidP="008528CD"/>
-    <w:p w14:paraId="198F6356" w14:textId="33B41018" w:rsidR="00440F5F" w:rsidRDefault="00440F5F" w:rsidP="008528CD">
+    <w:p w14:paraId="51EEEC6E" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF" w:rsidP="008528CD"/>
+    <w:p w14:paraId="55F129C7" w14:textId="75E23C40" w:rsidR="008C35DF" w:rsidRDefault="008C35DF" w:rsidP="008528CD">
       <w:r w:rsidRPr="00FC7054">
         <w:t>Bern,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="MetaTool_Script04_DokDatum"/>
+      <w:r w:rsidR="00CB7EAD">
+        <w:t xml:space="preserve">13. Februar </w:t>
+      </w:r>
       <w:r>
-        <w:t>11. Februar 2026</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00FC7054">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00440F5F" w:rsidSect="005C4FD4">
+    <w:sectPr w:rsidR="008C35DF" w:rsidSect="005C4FD4">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="3232" w:right="1418" w:bottom="1134" w:left="2183" w:header="57" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="169D1997" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F">
+    <w:p w14:paraId="644586B1" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A9083E8" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F">
+    <w:p w14:paraId="59102DA7" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1727947911"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="64C28460" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F">
+      <w:p w14:paraId="52C0A7FD" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:lang w:val="de-DE"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7290BB06" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F" w:rsidP="003655A9">
+  <w:p w14:paraId="16C15156" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF" w:rsidP="003655A9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1275"/>
         <w:tab w:val="right" w:pos="8305"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00F73E62">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B12F5A1" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F">
+    <w:p w14:paraId="6B373CD7" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D28DC8F" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRDefault="00440F5F">
+    <w:p w14:paraId="697A8823" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRDefault="008C35DF">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="893308998"/>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2129504584"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="50319ACB" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="005C4FD4" w:rsidRDefault="00440F5F" w:rsidP="005C4FD4">
+          <w:p w14:paraId="0D5070E3" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="005C4FD4" w:rsidRDefault="008C35DF" w:rsidP="005C4FD4">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:ind w:left="-2127" w:right="-1334"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="106E0004" wp14:editId="67035060">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EB6B58D" wp14:editId="325FB5EB">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="page">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:align>top</wp:align>
                   </wp:positionV>
                   <wp:extent cx="7555230" cy="1763395"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="1561020834" name="Grafik 1561020834" descr="Ein Bild, das Screenshot, Design enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="1561020834" name="Grafik 1561020834" descr="Ein Bild, das Screenshot, Design enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId1" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2430,61 +2671,61 @@
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1688750420"/>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1342045015"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="33A9C813" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="00265FDA" w:rsidRDefault="00440F5F" w:rsidP="00FC7054">
+          <w:p w14:paraId="5231B7E5" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="00265FDA" w:rsidRDefault="008C35DF" w:rsidP="00FC7054">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:ind w:left="-2127" w:right="-1334"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="052F5230" wp14:editId="0370B0B7">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CD2CE17" wp14:editId="5E391A67">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="page">
                     <wp:posOffset>0</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="page">
                     <wp:align>top</wp:align>
                   </wp:positionV>
                   <wp:extent cx="7555230" cy="1763395"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapTopAndBottom/>
                   <wp:docPr id="567845828" name="Grafik 567845828"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Stadtrat_A4.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId1" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2499,136 +2740,138 @@
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="7555645" cy="1764000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="64E5E0B4" w14:textId="77777777" w:rsidR="00440F5F" w:rsidRPr="006A74E0" w:rsidRDefault="00440F5F" w:rsidP="00CE0829">
+  <w:p w14:paraId="45AD04ED" w14:textId="77777777" w:rsidR="008C35DF" w:rsidRPr="006A74E0" w:rsidRDefault="008C35DF" w:rsidP="00CE0829">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:ind w:left="-2127" w:right="-1334"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="121"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="MetaTool_CreatorGeko" w:val="SR"/>
     <w:docVar w:name="MetaTool_Script01_Sitzungsdatum_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_using System.Linq;_x000d__x000a_using System.Collections;_x000d__x000a_using System.Collections.Generic;_x000d__x000a__x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = string.Empty;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_Sitzung sitzung = obj.Sitzung;_x000d__x000a__x0009__x0009__x0009__x0009_if (sitzung.Datum != null)_x000d__x000a__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009_if (sitzung.CustomSitzungsdaten != null)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = sitzung.Datum.LeftDate.ToString(&quot;dddd, d. MMMM yyyy&quot;) + &quot;, &quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_var alleSitzungen = sitzung.CustomSitzungsdaten.ToList();_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_foreach (var sitz in alleSitzungen)_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe += GetSitzungszeit(sitz) + &quot;$&quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Trim('$');_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_int i = ausgabe.LastIndexOf(&quot;$&quot;);_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Substring(0, i) + &quot; und &quot; + ausgabe.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Replace(&quot;$&quot;,&quot;, &quot;);_x000d__x000a__x0009__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a_            return ausgabe;_x000d__x000a_       _x0009_}_x000d__x000a__x0009_   _x0009_public string GetSitzungszeit(CustomSitzungsdatum sitzung)_x000d__x000a__x0009_   _x0009_{_x000d__x000a__x0009_   _x0009__x0009_string ausgabe = string.IsNullOrEmpty(sitzung.CustomBeginn) ? &quot;[Beginn]&quot; : sitzung.CustomBeginn.ToString().TrimStart('0').Replace(&quot;:&quot;,&quot;.&quot;);_x000d__x000a__x0009__x0009__x0009_ausgabe += string.IsNullOrEmpty(sitzung.CustomEnde) ? &quot;-[Ende] Uhr&quot; : &quot;-&quot; + sitzung.CustomEnde.ToString().TrimStart('0').Replace(&quot;:&quot;,&quot;.&quot;) + &quot; Uhr&quot;;_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009_   _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script02_Sitzungsort_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_// Sitzungsort_x000d__x000a_ _x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a__x0009_public class TemplateScript_x000d__x000a__x0009_{_x000d__x000a__x0009__x0009_public string Eval(Dokument obj)_x000d__x000a__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = &quot;[Sitzungsort]&quot;;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_if (!string.IsNullOrEmpty(obj.Sitzung.Sitzungsort))_x000d__x000a__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe = obj.Sitzung.Sitzungsort;_x000d__x000a__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009__x0009_}_x000d__x000a__x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script03_GemBehandlung_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_using System.Collections;_x000d__x000a_using System.Collections.Generic;_x000d__x000a_using System.Linq;_x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = string.Empty;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung == null)_x000d__x000a__x0009__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009__x0009__x0009_var sitzungen = obj.Sitzung.Gremium.Sitzungen.Where(s =&gt; s.Datum == obj.Sitzung.Datum).ToList();_x000d__x000a__x0009__x0009__x0009_var traktanden = sitzungen.SelectMany(s =&gt; s.Traktanden).ToList();_x000d__x000a__x0009__x0009__x0009_traktanden = traktanden.Where(t =&gt; t.CustomGemeinsamZuBehandeln != null &amp;&amp; t.CustomGemeinsamZuBehandeln.Length &gt; 0).OrderBy(t =&gt; t.Sitzung.Beginn).ThenBy(t =&gt; t.Traktandennummer).ToList();_x000d__x000a__x0009__x0009__x0009_foreach (Traktandum t in traktanden)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_string text = t.Traktandennummer;_x000d__x000a__x0009__x0009__x0009__x0009_foreach (Traktandum t2 in t.CustomGemeinsamZuBehandeln)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_text += &quot;,&quot; + t2.Traktandennummer;_x000d__x000a__x0009__x0009__x0009__x0009_int i = text.LastIndexOf(',');_x000d__x000a__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_text = text.Substring(0,i) + &quot;+&quot; + text.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009_if (!string.IsNullOrEmpty(ausgabe))_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe += &quot;$&quot;;_x000d__x000a__x0009__x0009__x0009__x0009_ausgabe += text;_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_if (!string.IsNullOrEmpty(ausgabe))_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_int i = ausgabe.LastIndexOf('$');_x000d__x000a__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Substring(0,i) + &quot; sowie &quot; + ausgabe.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009_ausgabe = &quot;\r\nDie Traktanden &quot; + ausgabe.Replace(&quot;$&quot;,&quot;, &quot;) + &quot; werden gemeinsam behandelt (schattiert).&quot; + &quot;\r\n&quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a_       _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script04_DokDatum_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a__x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a_            if (obj.Dokumentdatum != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_return obj.Dokumentdatum.LeftDate.ToString(&quot;d. MMMM yyyy&quot;);_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return obj.Creationdate.ToString(&quot;d. MMMM yyyy&quot;);_x000d__x000a_       _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Table1_Path" w:val="Dokument/Sitzung/*"/>
     <w:docVar w:name="MetaTool_Table1_Report" w:val="&lt;?xml version=&quot;1.0&quot; encoding=&quot;utf-8&quot; standalone=&quot;yes&quot;?&gt;&lt;root type=&quot;PerpetuumSoft.Reporting.DOM.Document&quot; id=&quot;1&quot; version=&quot;2&quot; ScriptLanguage=&quot;CSharp&quot; DocumentGuid=&quot;4c5b4138-3728-4941-ab0b-bd78216e3208&quot; Name=&quot;Sitzung&quot; ImportsString=&quot;CMI.MetaTool.Generated&amp;#xD;&amp;#xA;CMI.DomainModel&amp;#xD;&amp;#xA;CMI.DomainModel.MappingInterfaces&amp;#xD;&amp;#xA;System.Collections&amp;#xD;&amp;#xA;System.Collections.Generic&amp;#xD;&amp;#xA;System.Linq&quot; IsTemplate=&quot;true&quot; GridStep=&quot;59.055118560791016&quot;&gt;&lt;StyleSheet type=&quot;PerpetuumSoft.Reporting.DOM.StyleSheet&quot; id=&quot;2&quot; Title=&quot;Standard&quot;&gt;&lt;Styles type=&quot;PerpetuumSoft.Reporting.DOM.StyleCollection&quot; id=&quot;3&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;4&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Standard&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;5&quot; FamilyName=&quot;Verdana&quot; Size=&quot;9.75&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;6&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading1&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;7&quot; FamilyName=&quot;Verdana&quot; Size=&quot;15.75&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;8&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading2&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;9&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;10&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading3&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;11&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;12&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading4&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;13&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;14&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading5&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;15&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;16&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading6&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;17&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;18&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading7&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;19&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;20&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading8&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;21&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;22&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading9&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;23&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;/Styles&gt;&lt;/StyleSheet&gt;&lt;Parameters type=&quot;PerpetuumSoft.Reporting.DOM.ParameterCollection&quot; id=&quot;24&quot; /&gt;&lt;DataSources type=&quot;PerpetuumSoft.Reporting.Data.DocumentDataSourceCollection&quot; id=&quot;25&quot; /&gt;&lt;Pages type=&quot;PerpetuumSoft.Reporting.DOM.PageCollection&quot; id=&quot;26&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Page&quot; id=&quot;27&quot; Location=&quot;0;0&quot; StyleName=&quot;Normal&quot; PaperKind=&quot;Custom&quot; Margins=&quot;0; 0; 0; 0&quot; Name=&quot;Seite1&quot; Size=&quot;1712.5984251968505;11811.023622047245&quot; CustomSize=&quot;1712.5984251968505;11811.023622047245&quot;&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;28&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.DataBand&quot; id=&quot;29&quot; ColumnsGap=&quot;0&quot; Location=&quot;0;0&quot; DataSource=&quot;Sitzung&quot; Name=&quot;dataBandSitzung&quot; Size=&quot;1712.5984251968505;354.33071899414062&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;30&quot; /&gt;&lt;Sort type=&quot;PerpetuumSoft.Reporting.DOM.DataBandSortCollection&quot; id=&quot;31&quot; /&gt;&lt;Totals type=&quot;PerpetuumSoft.Reporting.DOM.DataBandTotalCollection&quot; id=&quot;32&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;33&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Detail&quot; id=&quot;34&quot; GenerateScript=&quot;Sitzung sitzung = dataBandSitzung.DataItem as Sitzung;&amp;#xD;&amp;#xA;var alleSitzungen = sitzung.Gremium.Sitzungen.Where(s =&amp;gt; s.Datum == sitzung.Datum).OrderBy(s =&amp;gt; s.Beginn).ToList();&amp;#xD;&amp;#xA;var traktanden = alleSitzungen.SelectMany(s =&amp;gt; s.Traktanden).ToList();&amp;#xD;&amp;#xA;&amp;#xD;&amp;#xA;Engine.Objects[&amp;quot;TRAKTANDEN&amp;quot;] = traktanden;&quot; Name=&quot;Detail&quot; CanBreak=&quot;true&quot; Size=&quot;1712.5984251968505;0&quot; Location=&quot;0;59.055118560791016&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;35&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;36&quot; /&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;37&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.DataBand&quot; id=&quot;38&quot; ColumnsGap=&quot;0&quot; Location=&quot;0;118.11023712158203&quot; DataSource=&quot;TRAKTANDEN&quot; Name=&quot;dataBandTraktandum&quot; Size=&quot;1712.5984251968505;177.16535949707031&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;39&quot; /&gt;&lt;Sort type=&quot;PerpetuumSoft.Reporting.DOM.DataBandSortCollection&quot; id=&quot;40&quot; /&gt;&lt;Totals type=&quot;PerpetuumSoft.Reporting.DOM.DataBandTotalCollection&quot; id=&quot;41&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;42&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Detail&quot; id=&quot;43&quot; GenerateScript=&quot;Traktandum traktandum = (Traktandum) dataBandTraktandum.DataItem;&amp;#xD;&amp;#xA;txtTNR.Text = &amp;quot;\a&amp;quot;;&amp;#xD;&amp;#xA;txtTitel.Text = &amp;quot;\a&amp;quot;;&amp;#xD;&amp;#xA;System.Drawing.Color grau = System.Drawing.Color.FromArgb(255, 200, 200, 200);  &amp;#xD;&amp;#xA;SolidFill grauFill = new SolidFill(grau); &amp;#xD;&amp;#xA;Geschaeft geschaeft = traktandum.Geschaeft as Geschaeft;&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.Traktandennummer))&amp;#xD;&amp;#xA;  txtTNR.Text = traktandum.Traktandennummer;&amp;#xD;&amp;#xA;Unterlage vortrag = traktandum.Unterlagen.Where(u =&amp;gt; u.Dokument.Kategorie != null &amp;amp;&amp;amp; u.Dokument.Kategorie.Bezeichnung == &amp;quot;Stadtratsvortrag&amp;quot;).FirstOrDefault();&amp;#xD;&amp;#xA;if (vortrag != null)&amp;#xD;&amp;#xA;  txtTitel.Text = vortrag.Dokument.Titel + System.Environment.NewLine;&amp;#xD;&amp;#xA;else&amp;#xD;&amp;#xA;  txtTitel.Text = traktandum.Titel + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.Geschaeft.Signatur != null)&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.Geschaeft.Signatur.ToString() + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.CustomReferent != null)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  if (geschaeft.CustomVorberatendeKommission != null)&amp;#xD;&amp;#xA;    txtTitel.Text += geschaeft.CustomVorberatendeKommission.Kurzname.ToString() + &amp;quot;: &amp;quot;;&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.CustomReferent.Vorname + &amp;quot; &amp;quot; + traktandum.CustomReferent.Name + System.Environment.NewLine;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.CustomReferentGR))&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.CustomReferentGR + System.Environment.NewLine;&amp;#xD;&amp;#xA;&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.Protokollvermerk))&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.Protokollvermerk + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.CustomGemeinsamZuBehandeln != null &amp;amp;&amp;amp; traktandum.CustomGemeinsamZuBehandeln.Length &amp;gt; 0)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = grauFill;&amp;#xD;&amp;#xA;  txtTitel.Fill = grauFill;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;else if (traktandum.CustomGemeinsameBehandlungMit != null &amp;amp;&amp;amp; traktandum.CustomGemeinsameBehandlungMit.Length &amp;gt; 0)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = grauFill;&amp;#xD;&amp;#xA;  txtTitel.Fill = grauFill;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;else&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = null;&amp;#xD;&amp;#xA;  txtTitel.Fill = null;&amp;#xD;&amp;#xA;}&quot; CanGrow=&quot;true&quot; Name=&quot;detail1&quot; Size=&quot;1712.5984251968505;59.055118560791016&quot; Location=&quot;0;59.055118560791016&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;44&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;45&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.TextBox&quot; id=&quot;46&quot; GrowToBottom=&quot;true&quot; StyleName=&quot;Standard&quot; ExportAsPictureInXaml=&quot;false&quot; Name=&quot;txtTNR&quot; TextAlign=&quot;TopLeft&quot; CanGrow=&quot;true&quot; Size=&quot;118.11023712158203;59.055118560791016&quot; Location=&quot;0;0&quot; Margins=&quot;11.8110236220472; 0; 0; 0&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;47&quot; FamilyName=&quot;Arial&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;48&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.TextBox&quot; id=&quot;49&quot; GrowToBottom=&quot;true&quot; StyleName=&quot;Standard&quot; ExportAsPictureInXaml=&quot;false&quot; Name=&quot;txtTitel&quot; TextAlign=&quot;TopLeft&quot; CanGrow=&quot;true&quot; Size=&quot;1594.4881591796875;59.055118560791016&quot; Location=&quot;118.11023712158203;0&quot; Margins=&quot;11.8110236220472; 11.8110236220472; 0; 0&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;50&quot; FamilyName=&quot;Arial&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;51&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;52&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;53&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;54&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;55&quot; /&gt;&lt;/Item&gt;&lt;/Pages&gt;&lt;PageContent type=&quot;PerpetuumSoft.Reporting.DOM.Wrappers.ContentParametersDictionary&quot; id=&quot;56&quot; /&gt;&lt;/root&gt;"/>
     <w:docVar w:name="MetaTool_Table1_Selection" w:val="All"/>
     <w:docVar w:name="MetaTool_TypeDefinition" w:val="Dokument"/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00072612"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00F02669"/>
+    <w:rsidRoot w:val="000763E8"/>
+    <w:rsid w:val="000763E8"/>
+    <w:rsid w:val="00087AE2"/>
+    <w:rsid w:val="002A51EF"/>
+    <w:rsid w:val="00335366"/>
+    <w:rsid w:val="00391F45"/>
+    <w:rsid w:val="00727110"/>
+    <w:rsid w:val="008C35DF"/>
+    <w:rsid w:val="00982F78"/>
+    <w:rsid w:val="009C0BB3"/>
+    <w:rsid w:val="00AC6CCD"/>
+    <w:rsid w:val="00B021F4"/>
+    <w:rsid w:val="00CB7EAD"/>
+    <w:rsid w:val="00E32368"/>
+    <w:rsid w:val="00EF7FD2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="23A091FA"/>
-  <w15:docId w15:val="{25E425AA-99B8-4C7E-9356-A98B5C2188F4}"/>
+  <w14:docId w14:val="2FA24B81"/>
+  <w15:docId w15:val="{EE12C847-07A9-44A9-AEE5-456422AE2EFF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:spacing w:val="8"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="280" w:lineRule="atLeast"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3237,325 +3480,325 @@
   <w:style w:type="paragraph" w:styleId="Kommentarthema">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentartext"/>
     <w:next w:val="Kommentartext"/>
     <w:link w:val="KommentarthemaZchn"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B87ED5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:semiHidden/>
     <w:rsid w:val="00B87ED5"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal22">
-    <w:name w:val="Normal_22"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal0">
+    <w:name w:val="Normal_0"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal23">
-    <w:name w:val="Normal_23"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
+    <w:name w:val="Normal_1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal24">
-    <w:name w:val="Normal_24"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal2">
+    <w:name w:val="Normal_2"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal25">
-    <w:name w:val="Normal_25"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
+    <w:name w:val="Normal_3"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal26">
-    <w:name w:val="Normal_26"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal4">
+    <w:name w:val="Normal_4"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal27">
-    <w:name w:val="Normal_27"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal5">
+    <w:name w:val="Normal_5"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal28">
-    <w:name w:val="Normal_28"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal6">
+    <w:name w:val="Normal_6"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal29">
-    <w:name w:val="Normal_29"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal7">
+    <w:name w:val="Normal_7"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal30">
-    <w:name w:val="Normal_30"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal8">
+    <w:name w:val="Normal_8"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal31">
-    <w:name w:val="Normal_31"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal9">
+    <w:name w:val="Normal_9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal32">
-    <w:name w:val="Normal_32"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal10">
+    <w:name w:val="Normal_10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal33">
-    <w:name w:val="Normal_33"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal11">
+    <w:name w:val="Normal_11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal34">
-    <w:name w:val="Normal_34"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal12">
+    <w:name w:val="Normal_12"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal35">
-    <w:name w:val="Normal_35"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal13">
+    <w:name w:val="Normal_13"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal36">
-    <w:name w:val="Normal_36"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal14">
+    <w:name w:val="Normal_14"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal37">
-    <w:name w:val="Normal_37"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal15">
+    <w:name w:val="Normal_15"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal38">
-    <w:name w:val="Normal_38"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal16">
+    <w:name w:val="Normal_16"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal39">
-    <w:name w:val="Normal_39"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal17">
+    <w:name w:val="Normal_17"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal40">
-    <w:name w:val="Normal_40"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal18">
+    <w:name w:val="Normal_18"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal41">
-    <w:name w:val="Normal_41"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal19">
+    <w:name w:val="Normal_19"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal42">
-    <w:name w:val="Normal_42"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal20">
+    <w:name w:val="Normal_20"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal43">
-    <w:name w:val="Normal_43"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal21">
+    <w:name w:val="Normal_21"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:spacing w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
@@ -3788,71 +4031,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8e75caca-1146-4f44-a09a-5c7c01d40819" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e403b6a9-54e4-4d68-9de9-f8739ccf37c9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000AEFD61FEB36C14784D5D772272E888E" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="2d426c69116c41c7b0c76f3628e0352c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e403b6a9-54e4-4d68-9de9-f8739ccf37c9" xmlns:ns3="8e75caca-1146-4f44-a09a-5c7c01d40819" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f28b20779b9bf5e6d20d96cab1a8433e" ns2:_="" ns3:_="">
     <xsd:import namespace="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
     <xsd:import namespace="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -4041,131 +4284,131 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{966A806B-FB18-4D5A-B88E-29C087DABF5B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{718073C6-71EE-4ED2-A2ED-0BBD52DF253E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB7159CA-7E1B-40BE-8198-B2B1B4DDFF4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <ds:schemaRef ds:uri="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{718073C6-71EE-4ED2-A2ED-0BBD52DF253E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{966A806B-FB18-4D5A-B88E-29C087DABF5B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A23F99CB-7030-4FFC-ACE7-74608BD34BBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
     <ds:schemaRef ds:uri="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c45dfc26-edbc-44f1-bd07-a2e94e5890ce}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>484</Words>
-  <Characters>3337</Characters>
+  <Words>526</Words>
+  <Characters>3746</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3814</CharactersWithSpaces>
+  <CharactersWithSpaces>4264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bischoff Nadja, GuB RS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000AEFD61FEB36C14784D5D772272E888E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>