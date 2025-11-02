--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -1108,193 +1108,233 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="671D483E" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
+          <w:p w14:paraId="5612C01D" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
             <w:pPr>
               <w:pStyle w:val="Normal11"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sanierung Freibad Lorraine; Projektierungskrediterhöhung und Baukredit (Abstimmungsbotschaft)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2017.PRD.000097</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PVS: Tanja Miljanovic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671D483E" w14:textId="20AC4FC1" w:rsidR="004357C0" w:rsidRDefault="004357C0">
+            <w:pPr>
+              <w:pStyle w:val="Normal11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004357C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BSS: Ursina Anderegg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7E7A" w14:paraId="69441F18" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0CD361B6" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
             <w:pPr>
               <w:pStyle w:val="Normal12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24584462" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
+          <w:p w14:paraId="77A123B2" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
             <w:pPr>
               <w:pStyle w:val="Normal12"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Volksschule Sulgenbach: Gesamtsanierung und Erweiterung; Projektierungskredit</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>2025.PRD.0026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PVS: Tanja Miljanovic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>PRD: Marieke Kruit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24584462" w14:textId="6712E3C4" w:rsidR="004357C0" w:rsidRDefault="004357C0">
+            <w:pPr>
+              <w:pStyle w:val="Normal12"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004357C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BSS: Ursina Anderegg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7E7A" w14:paraId="6CEAD4AF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8C8C8"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7569BE19" w14:textId="77777777" w:rsidR="006F7E7A" w:rsidRDefault="00D555D1">
             <w:pPr>
               <w:pStyle w:val="Normal13"/>
               <w:shd w:val="clear" w:color="auto" w:fill="C8C8C8"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2932,87 +2972,89 @@
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4FA9257E" w14:textId="77777777" w:rsidR="00D555D1" w:rsidRPr="006A74E0" w:rsidRDefault="00D555D1" w:rsidP="00CE0829">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:ind w:left="-2127" w:right="-1334"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="MetaTool_CreatorGeko" w:val="SR"/>
     <w:docVar w:name="MetaTool_Script01_Sitzungsdatum_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_using System.Linq;_x000d__x000a_using System.Collections;_x000d__x000a_using System.Collections.Generic;_x000d__x000a__x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = string.Empty;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_Sitzung sitzung = obj.Sitzung;_x000d__x000a__x0009__x0009__x0009__x0009_if (sitzung.Datum != null)_x000d__x000a__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009_if (sitzung.CustomSitzungsdaten != null)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = sitzung.Datum.LeftDate.ToString(&quot;dddd, d. MMMM yyyy&quot;) + &quot;, &quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_var alleSitzungen = sitzung.CustomSitzungsdaten.ToList();_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_foreach (var sitz in alleSitzungen)_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe += GetSitzungszeit(sitz) + &quot;$&quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Trim('$');_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_int i = ausgabe.LastIndexOf(&quot;$&quot;);_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Substring(0, i) + &quot; und &quot; + ausgabe.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Replace(&quot;$&quot;,&quot;, &quot;);_x000d__x000a__x0009__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a_            return ausgabe;_x000d__x000a_       _x0009_}_x000d__x000a__x0009_   _x0009_public string GetSitzungszeit(CustomSitzungsdatum sitzung)_x000d__x000a__x0009_   _x0009_{_x000d__x000a__x0009_   _x0009__x0009_string ausgabe = string.IsNullOrEmpty(sitzung.CustomBeginn) ? &quot;[Beginn]&quot; : sitzung.CustomBeginn.ToString().TrimStart('0').Replace(&quot;:&quot;,&quot;.&quot;);_x000d__x000a__x0009__x0009__x0009_ausgabe += string.IsNullOrEmpty(sitzung.CustomEnde) ? &quot;-[Ende] Uhr&quot; : &quot;-&quot; + sitzung.CustomEnde.ToString().TrimStart('0').Replace(&quot;:&quot;,&quot;.&quot;) + &quot; Uhr&quot;;_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009_   _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script02_Sitzungsort_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_// Sitzungsort_x000d__x000a_ _x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a__x0009_public class TemplateScript_x000d__x000a__x0009_{_x000d__x000a__x0009__x0009_public string Eval(Dokument obj)_x000d__x000a__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = &quot;[Sitzungsort]&quot;;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_if (!string.IsNullOrEmpty(obj.Sitzung.Sitzungsort))_x000d__x000a__x0009__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe = obj.Sitzung.Sitzungsort;_x000d__x000a__x0009__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009__x0009_}_x000d__x000a__x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script03_GemBehandlung_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a_using System.Collections;_x000d__x000a_using System.Collections.Generic;_x000d__x000a_using System.Linq;_x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a__x0009__x0009__x0009_string ausgabe = string.Empty;_x000d__x000a__x0009__x0009__x0009_if (obj.Sitzung == null)_x000d__x000a__x0009__x0009__x0009__x0009_return ausgabe;_x000d__x000a__x0009__x0009__x0009_var sitzungen = obj.Sitzung.Gremium.Sitzungen.Where(s =&gt; s.Datum == obj.Sitzung.Datum).ToList();_x000d__x000a__x0009__x0009__x0009_var traktanden = sitzungen.SelectMany(s =&gt; s.Traktanden).ToList();_x000d__x000a__x0009__x0009__x0009_traktanden = traktanden.Where(t =&gt; t.CustomGemeinsamZuBehandeln != null &amp;&amp; t.CustomGemeinsamZuBehandeln.Length &gt; 0).OrderBy(t =&gt; t.Sitzung.Beginn).ThenBy(t =&gt; t.Traktandennummer).ToList();_x000d__x000a__x0009__x0009__x0009_foreach (Traktandum t in traktanden)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_string text = t.Traktandennummer;_x000d__x000a__x0009__x0009__x0009__x0009_foreach (Traktandum t2 in t.CustomGemeinsamZuBehandeln)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_text += &quot;,&quot; + t2.Traktandennummer;_x000d__x000a__x0009__x0009__x0009__x0009_int i = text.LastIndexOf(',');_x000d__x000a__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_text = text.Substring(0,i) + &quot;+&quot; + text.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009_if (!string.IsNullOrEmpty(ausgabe))_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe += &quot;$&quot;;_x000d__x000a__x0009__x0009__x0009__x0009_ausgabe += text;_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_if (!string.IsNullOrEmpty(ausgabe))_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_int i = ausgabe.LastIndexOf('$');_x000d__x000a__x0009__x0009__x0009__x0009_if (i &gt; 0)_x000d__x000a__x0009__x0009__x0009__x0009__x0009_ausgabe = ausgabe.Substring(0,i) + &quot; sowie &quot; + ausgabe.Substring(i+1);_x000d__x000a__x0009__x0009__x0009__x0009_ausgabe = &quot;\r\nDie Traktanden &quot; + ausgabe.Replace(&quot;$&quot;,&quot;, &quot;) + &quot; werden gemeinsam behandelt (schattiert).&quot; + &quot;\r\n&quot;;_x000d__x000a__x0009__x0009__x0009__x0009__x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return ausgabe;_x000d__x000a_       _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Script04_DokDatum_Report" w:val="using System;_x000d__x000a_using CMI.MetaTool.Generated;_x000d__x000a_using CMI.DomainModel;_x000d__x000a__x000d__x000a_namespace CMI.MetaTool.Generated.TemplateScript_x000d__x000a_{_x000d__x000a_   _x0009_public class TemplateScript_x000d__x000a_   _x0009_{_x000d__x000a_       _x0009_public string Eval(Dokument obj)_x000d__x000a_       _x0009_{_x000d__x000a_            if (obj.Dokumentdatum != null)_x000d__x000a__x0009__x0009__x0009_{_x000d__x000a__x0009__x0009__x0009__x0009_return obj.Dokumentdatum.LeftDate.ToString(&quot;d. MMMM yyyy&quot;);_x000d__x000a__x0009__x0009__x0009_}_x000d__x000a__x0009__x0009__x0009_return obj.Creationdate.ToString(&quot;d. MMMM yyyy&quot;);_x000d__x000a_       _x0009_}_x000d__x000a_   _x0009_}_x000d__x000a_}_x000d__x000a__x000d__x000a_"/>
     <w:docVar w:name="MetaTool_Table1_Path" w:val="Dokument/Sitzung/*"/>
     <w:docVar w:name="MetaTool_Table1_Report" w:val="&lt;?xml version=&quot;1.0&quot; encoding=&quot;utf-8&quot; standalone=&quot;yes&quot;?&gt;&lt;root type=&quot;PerpetuumSoft.Reporting.DOM.Document&quot; id=&quot;1&quot; version=&quot;2&quot; ScriptLanguage=&quot;CSharp&quot; DocumentGuid=&quot;4c5b4138-3728-4941-ab0b-bd78216e3208&quot; Name=&quot;Sitzung&quot; ImportsString=&quot;CMI.MetaTool.Generated&amp;#xD;&amp;#xA;CMI.DomainModel&amp;#xD;&amp;#xA;CMI.DomainModel.MappingInterfaces&amp;#xD;&amp;#xA;System.Collections&amp;#xD;&amp;#xA;System.Collections.Generic&amp;#xD;&amp;#xA;System.Linq&quot; IsTemplate=&quot;true&quot; GridStep=&quot;59.055118560791016&quot;&gt;&lt;StyleSheet type=&quot;PerpetuumSoft.Reporting.DOM.StyleSheet&quot; id=&quot;2&quot; Title=&quot;Standard&quot;&gt;&lt;Styles type=&quot;PerpetuumSoft.Reporting.DOM.StyleCollection&quot; id=&quot;3&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;4&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Standard&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;5&quot; FamilyName=&quot;Verdana&quot; Size=&quot;9.75&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;6&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading1&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;7&quot; FamilyName=&quot;Verdana&quot; Size=&quot;15.75&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;8&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading2&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;9&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;10&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading3&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;11&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;12&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading4&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;13&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;14&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading5&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;15&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;16&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading6&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;17&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;18&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading7&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;19&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;20&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading8&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;21&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Style&quot; id=&quot;22&quot; TextAlign=&quot;TopLeft&quot; Name=&quot;Heading9&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;23&quot; FamilyName=&quot;Verdana&quot; Size=&quot;12&quot; Italic=&quot;Off&quot; Bold=&quot;On&quot; Underline=&quot;Off&quot; /&gt;&lt;/Item&gt;&lt;/Styles&gt;&lt;/StyleSheet&gt;&lt;Parameters type=&quot;PerpetuumSoft.Reporting.DOM.ParameterCollection&quot; id=&quot;24&quot; /&gt;&lt;DataSources type=&quot;PerpetuumSoft.Reporting.Data.DocumentDataSourceCollection&quot; id=&quot;25&quot; /&gt;&lt;Pages type=&quot;PerpetuumSoft.Reporting.DOM.PageCollection&quot; id=&quot;26&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Page&quot; id=&quot;27&quot; Location=&quot;0;0&quot; StyleName=&quot;Normal&quot; PaperKind=&quot;Custom&quot; Margins=&quot;0; 0; 0; 0&quot; Name=&quot;Seite1&quot; Size=&quot;1712.5984251968505;11811.023622047245&quot; CustomSize=&quot;1712.5984251968505;11811.023622047245&quot;&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;28&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.DataBand&quot; id=&quot;29&quot; ColumnsGap=&quot;0&quot; Location=&quot;0;0&quot; DataSource=&quot;Sitzung&quot; Name=&quot;dataBandSitzung&quot; Size=&quot;1712.5984251968505;354.33071899414062&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;30&quot; /&gt;&lt;Sort type=&quot;PerpetuumSoft.Reporting.DOM.DataBandSortCollection&quot; id=&quot;31&quot; /&gt;&lt;Totals type=&quot;PerpetuumSoft.Reporting.DOM.DataBandTotalCollection&quot; id=&quot;32&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;33&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Detail&quot; id=&quot;34&quot; GenerateScript=&quot;Sitzung sitzung = dataBandSitzung.DataItem as Sitzung;&amp;#xD;&amp;#xA;var alleSitzungen = sitzung.Gremium.Sitzungen.Where(s =&amp;gt; s.Datum == sitzung.Datum).OrderBy(s =&amp;gt; s.Beginn).ToList();&amp;#xD;&amp;#xA;var traktanden = alleSitzungen.SelectMany(s =&amp;gt; s.Traktanden).ToList();&amp;#xD;&amp;#xA;&amp;#xD;&amp;#xA;Engine.Objects[&amp;quot;TRAKTANDEN&amp;quot;] = traktanden;&quot; Name=&quot;Detail&quot; CanBreak=&quot;true&quot; Size=&quot;1712.5984251968505;0&quot; Location=&quot;0;59.055118560791016&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;35&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;36&quot; /&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;37&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.DataBand&quot; id=&quot;38&quot; ColumnsGap=&quot;0&quot; Location=&quot;0;118.11023712158203&quot; DataSource=&quot;TRAKTANDEN&quot; Name=&quot;dataBandTraktandum&quot; Size=&quot;1712.5984251968505;177.16535949707031&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;39&quot; /&gt;&lt;Sort type=&quot;PerpetuumSoft.Reporting.DOM.DataBandSortCollection&quot; id=&quot;40&quot; /&gt;&lt;Totals type=&quot;PerpetuumSoft.Reporting.DOM.DataBandTotalCollection&quot; id=&quot;41&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;42&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.Detail&quot; id=&quot;43&quot; GenerateScript=&quot;Traktandum traktandum = (Traktandum) dataBandTraktandum.DataItem;&amp;#xD;&amp;#xA;txtTNR.Text = &amp;quot;\a&amp;quot;;&amp;#xD;&amp;#xA;txtTitel.Text = &amp;quot;\a&amp;quot;;&amp;#xD;&amp;#xA;System.Drawing.Color grau = System.Drawing.Color.FromArgb(255, 200, 200, 200);  &amp;#xD;&amp;#xA;SolidFill grauFill = new SolidFill(grau); &amp;#xD;&amp;#xA;Geschaeft geschaeft = traktandum.Geschaeft as Geschaeft;&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.Traktandennummer))&amp;#xD;&amp;#xA;  txtTNR.Text = traktandum.Traktandennummer;&amp;#xD;&amp;#xA;Unterlage vortrag = traktandum.Unterlagen.Where(u =&amp;gt; u.Dokument.Kategorie != null &amp;amp;&amp;amp; u.Dokument.Kategorie.Bezeichnung == &amp;quot;Stadtratsvortrag&amp;quot;).FirstOrDefault();&amp;#xD;&amp;#xA;if (vortrag != null)&amp;#xD;&amp;#xA;  txtTitel.Text = vortrag.Dokument.Titel + System.Environment.NewLine;&amp;#xD;&amp;#xA;else&amp;#xD;&amp;#xA;  txtTitel.Text = traktandum.Titel + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.Geschaeft.Signatur != null)&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.Geschaeft.Signatur.ToString() + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.CustomReferent != null)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  if (geschaeft.CustomVorberatendeKommission != null)&amp;#xD;&amp;#xA;    txtTitel.Text += geschaeft.CustomVorberatendeKommission.Kurzname.ToString() + &amp;quot;: &amp;quot;;&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.CustomReferent.Vorname + &amp;quot; &amp;quot; + traktandum.CustomReferent.Name + System.Environment.NewLine;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.CustomReferentGR))&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.CustomReferentGR + System.Environment.NewLine;&amp;#xD;&amp;#xA;&amp;#xD;&amp;#xA;if (!string.IsNullOrEmpty(traktandum.Protokollvermerk))&amp;#xD;&amp;#xA;  txtTitel.Text += traktandum.Protokollvermerk + System.Environment.NewLine;&amp;#xD;&amp;#xA;if (traktandum.CustomGemeinsamZuBehandeln != null &amp;amp;&amp;amp; traktandum.CustomGemeinsamZuBehandeln.Length &amp;gt; 0)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = grauFill;&amp;#xD;&amp;#xA;  txtTitel.Fill = grauFill;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;else if (traktandum.CustomGemeinsameBehandlungMit != null &amp;amp;&amp;amp; traktandum.CustomGemeinsameBehandlungMit.Length &amp;gt; 0)&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = grauFill;&amp;#xD;&amp;#xA;  txtTitel.Fill = grauFill;&amp;#xD;&amp;#xA;}&amp;#xD;&amp;#xA;else&amp;#xD;&amp;#xA;{&amp;#xD;&amp;#xA;  txtTNR.Fill = null;&amp;#xD;&amp;#xA;  txtTitel.Fill = null;&amp;#xD;&amp;#xA;}&quot; CanGrow=&quot;true&quot; Name=&quot;detail1&quot; Size=&quot;1712.5984251968505;59.055118560791016&quot; Location=&quot;0;59.055118560791016&quot;&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;44&quot; /&gt;&lt;Controls type=&quot;PerpetuumSoft.Reporting.DOM.ReportControlCollection&quot; id=&quot;45&quot;&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.TextBox&quot; id=&quot;46&quot; GrowToBottom=&quot;true&quot; StyleName=&quot;Standard&quot; ExportAsPictureInXaml=&quot;false&quot; Name=&quot;txtTNR&quot; TextAlign=&quot;TopLeft&quot; CanGrow=&quot;true&quot; Size=&quot;118.11023712158203;59.055118560791016&quot; Location=&quot;0;0&quot; Margins=&quot;11.8110236220472; 0; 0; 0&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;47&quot; FamilyName=&quot;Arial&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;48&quot; /&gt;&lt;/Item&gt;&lt;Item type=&quot;PerpetuumSoft.Reporting.DOM.TextBox&quot; id=&quot;49&quot; GrowToBottom=&quot;true&quot; StyleName=&quot;Standard&quot; ExportAsPictureInXaml=&quot;false&quot; Name=&quot;txtTitel&quot; TextAlign=&quot;TopLeft&quot; CanGrow=&quot;true&quot; Size=&quot;1594.4881591796875;59.055118560791016&quot; Location=&quot;118.11023712158203;0&quot; Margins=&quot;11.8110236220472; 11.8110236220472; 0; 0&quot;&gt;&lt;Font type=&quot;PerpetuumSoft.Framework.Drawing.FontDescriptor&quot; id=&quot;50&quot; FamilyName=&quot;Arial&quot; Italic=&quot;Off&quot; Bold=&quot;Off&quot; Underline=&quot;Off&quot; /&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;51&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;52&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;53&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;Aggregates type=&quot;PerpetuumSoft.Reporting.DOM.AggregateCollection&quot; id=&quot;54&quot; /&gt;&lt;/Item&gt;&lt;/Controls&gt;&lt;DataBindings type=&quot;PerpetuumSoft.Reporting.DOM.ReportDataBindingCollection&quot; id=&quot;55&quot; /&gt;&lt;/Item&gt;&lt;/Pages&gt;&lt;PageContent type=&quot;PerpetuumSoft.Reporting.DOM.Wrappers.ContentParametersDictionary&quot; id=&quot;56&quot; /&gt;&lt;/root&gt;"/>
     <w:docVar w:name="MetaTool_Table1_Selection" w:val="All"/>
     <w:docVar w:name="MetaTool_TypeDefinition" w:val="Dokument"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006F7E7A"/>
     <w:rsid w:val="001E23F3"/>
+    <w:rsid w:val="004357C0"/>
     <w:rsid w:val="006F7E7A"/>
+    <w:rsid w:val="00872BFB"/>
     <w:rsid w:val="00A416C7"/>
     <w:rsid w:val="00D555D1"/>
     <w:rsid w:val="00E07802"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -4267,54 +4309,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101000AEFD61FEB36C14784D5D772272E888E" ma:contentTypeVersion="14" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="2d426c69116c41c7b0c76f3628e0352c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e403b6a9-54e4-4d68-9de9-f8739ccf37c9" xmlns:ns3="8e75caca-1146-4f44-a09a-5c7c01d40819" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f28b20779b9bf5e6d20d96cab1a8433e" ns2:_="" ns3:_="">
     <xsd:import namespace="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
     <xsd:import namespace="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -4499,152 +4537,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8e75caca-1146-4f44-a09a-5c7c01d40819" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="e403b6a9-54e4-4d68-9de9-f8739ccf37c9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A23F99CB-7030-4FFC-ACE7-74608BD34BBE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
     <ds:schemaRef ds:uri="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{718073C6-71EE-4ED2-A2ED-0BBD52DF253E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{966A806B-FB18-4D5A-B88E-29C087DABF5B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB7159CA-7E1B-40BE-8198-B2B1B4DDFF4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8e75caca-1146-4f44-a09a-5c7c01d40819"/>
     <ds:schemaRef ds:uri="e403b6a9-54e4-4d68-9de9-f8739ccf37c9"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{718073C6-71EE-4ED2-A2ED-0BBD52DF253E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{c45dfc26-edbc-44f1-bd07-a2e94e5890ce}" enabled="1" method="Standard" siteId="{815d4e96-e3a0-41eb-9183-2fea315f3277}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>449</Words>
-  <Characters>3378</Characters>
+  <Words>455</Words>
+  <Characters>3414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stadtverwaltung Bern</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3820</CharactersWithSpaces>
+  <CharactersWithSpaces>3862</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Bischoff Nadja, GuB RS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000AEFD61FEB36C14784D5D772272E888E</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>